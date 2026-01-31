--- v0 (2025-12-13)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Product List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="763">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="766">
   <si>
     <t>The IBN SINA Pharmaceutical Industry PLC.</t>
   </si>
   <si>
     <t>Product List</t>
   </si>
   <si>
     <t>SL.</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Strength</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Dosage Form</t>
   </si>
   <si>
@@ -2010,50 +2010,59 @@
     <t>(40 MG + 200 MG)/ 5 ML</t>
   </si>
   <si>
     <t>160 MG + 800 MG</t>
   </si>
   <si>
     <t>80 MG + 400 MG</t>
   </si>
   <si>
     <t>SINAZID</t>
   </si>
   <si>
     <t>GLICLAZIDE BP</t>
   </si>
   <si>
     <t>80 MG</t>
   </si>
   <si>
     <t>SPORAGIN</t>
   </si>
   <si>
     <t>ITRACONAZOLE USP</t>
   </si>
   <si>
     <t>10 MG/ML</t>
+  </si>
+  <si>
+    <t>Stuvec</t>
+  </si>
+  <si>
+    <t>Vecuronium Bromide</t>
+  </si>
+  <si>
+    <t>10 mg</t>
   </si>
   <si>
     <t>SUCRASOL</t>
   </si>
   <si>
     <t>Sucralfate USP</t>
   </si>
   <si>
     <t>1 gm/5 ml</t>
   </si>
   <si>
     <t>200 ml</t>
   </si>
   <si>
     <t>Suspension</t>
   </si>
   <si>
     <t>SUCRAVEN</t>
   </si>
   <si>
     <t>IRON SUCROSE USP</t>
   </si>
   <si>
     <t>100MG/5ML</t>
   </si>
@@ -2668,51 +2677,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F419"/>
+  <dimension ref="A1:F420"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
@@ -9971,1093 +9980,1113 @@
       </c>
       <c r="D366" t="s">
         <v>56</v>
       </c>
       <c r="E366" t="s">
         <v>19</v>
       </c>
       <c r="F366" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
         <v>364</v>
       </c>
       <c r="B367" t="s">
         <v>666</v>
       </c>
       <c r="C367" t="s">
         <v>667</v>
       </c>
       <c r="D367" t="s">
         <v>668</v>
       </c>
       <c r="E367" t="s">
-        <v>669</v>
+        <v>91</v>
       </c>
       <c r="F367" t="s">
-        <v>670</v>
+        <v>417</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
         <v>365</v>
       </c>
       <c r="B368" t="s">
+        <v>669</v>
+      </c>
+      <c r="C368" t="s">
+        <v>670</v>
+      </c>
+      <c r="D368" t="s">
         <v>671</v>
       </c>
-      <c r="C368" t="s">
+      <c r="E368" t="s">
         <v>672</v>
       </c>
-      <c r="D368" t="s">
+      <c r="F368" t="s">
         <v>673</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
         <v>366</v>
       </c>
       <c r="B369" t="s">
         <v>674</v>
       </c>
       <c r="C369" t="s">
         <v>675</v>
       </c>
       <c r="D369" t="s">
         <v>676</v>
       </c>
       <c r="E369" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="F369" t="s">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
         <v>367</v>
       </c>
       <c r="B370" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C370" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="D370" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="E370" t="s">
         <v>19</v>
       </c>
       <c r="F370" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
         <v>368</v>
       </c>
       <c r="B371" t="s">
+        <v>677</v>
+      </c>
+      <c r="C371" t="s">
         <v>678</v>
-      </c>
-[...1 lines deleted...]
-        <v>679</v>
       </c>
       <c r="D371" t="s">
         <v>680</v>
       </c>
       <c r="E371" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
       <c r="F371" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
         <v>369</v>
       </c>
       <c r="B372" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C372" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D372" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E372" t="s">
         <v>96</v>
       </c>
       <c r="F372" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
         <v>370</v>
       </c>
       <c r="B373" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C373" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D373" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="E373" t="s">
         <v>96</v>
       </c>
       <c r="F373" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
         <v>371</v>
       </c>
       <c r="B374" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="C374" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D374" t="s">
-        <v>258</v>
+        <v>685</v>
       </c>
       <c r="E374" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="F374" t="s">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
         <v>372</v>
       </c>
       <c r="B375" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C375" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="D375" t="s">
-        <v>662</v>
+        <v>258</v>
       </c>
       <c r="E375" t="s">
         <v>19</v>
       </c>
       <c r="F375" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
         <v>373</v>
       </c>
       <c r="B376" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C376" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D376" t="s">
-        <v>110</v>
+        <v>662</v>
       </c>
       <c r="E376" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="F376" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377">
         <v>374</v>
       </c>
       <c r="B377" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="C377" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="D377" t="s">
-        <v>426</v>
+        <v>110</v>
       </c>
       <c r="E377" t="s">
-        <v>217</v>
+        <v>64</v>
       </c>
       <c r="F377" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378">
         <v>375</v>
       </c>
       <c r="B378" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C378" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D378" t="s">
-        <v>110</v>
+        <v>426</v>
       </c>
       <c r="E378" t="s">
-        <v>55</v>
+        <v>217</v>
       </c>
       <c r="F378" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379">
         <v>376</v>
       </c>
       <c r="B379" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C379" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="D379" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E379" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F379" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380">
         <v>377</v>
       </c>
       <c r="B380" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C380" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D380" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="E380" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="F380" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381">
         <v>378</v>
       </c>
       <c r="B381" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C381" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D381" t="s">
-        <v>693</v>
+        <v>56</v>
       </c>
       <c r="E381" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="F381" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382">
         <v>379</v>
       </c>
       <c r="B382" t="s">
         <v>694</v>
       </c>
       <c r="C382" t="s">
         <v>695</v>
       </c>
       <c r="D382" t="s">
-        <v>25</v>
+        <v>696</v>
       </c>
       <c r="E382" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="F382" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383">
         <v>380</v>
       </c>
       <c r="B383" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="C383" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="D383" t="s">
-        <v>325</v>
+        <v>25</v>
       </c>
       <c r="E383" t="s">
         <v>55</v>
       </c>
       <c r="F383" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384">
         <v>381</v>
       </c>
       <c r="B384" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C384" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D384" t="s">
-        <v>140</v>
+        <v>325</v>
       </c>
       <c r="E384" t="s">
         <v>55</v>
       </c>
       <c r="F384" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385">
         <v>382</v>
       </c>
       <c r="B385" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C385" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D385" t="s">
-        <v>700</v>
+        <v>140</v>
       </c>
       <c r="E385" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="F385" t="s">
-        <v>310</v>
+        <v>20</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386">
         <v>383</v>
       </c>
       <c r="B386" t="s">
         <v>701</v>
       </c>
       <c r="C386" t="s">
         <v>702</v>
       </c>
       <c r="D386" t="s">
-        <v>47</v>
+        <v>703</v>
       </c>
       <c r="E386" t="s">
         <v>29</v>
       </c>
       <c r="F386" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387">
         <v>384</v>
       </c>
       <c r="B387" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C387" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="D387" t="s">
         <v>47</v>
       </c>
       <c r="E387" t="s">
         <v>29</v>
       </c>
       <c r="F387" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388">
         <v>385</v>
       </c>
       <c r="B388" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C388" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D388" t="s">
-        <v>705</v>
+        <v>47</v>
       </c>
       <c r="E388" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="F388" t="s">
-        <v>57</v>
+        <v>310</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389">
         <v>386</v>
       </c>
       <c r="B389" t="s">
         <v>706</v>
       </c>
       <c r="C389" t="s">
         <v>707</v>
       </c>
       <c r="D389" t="s">
         <v>708</v>
       </c>
       <c r="E389" t="s">
         <v>19</v>
       </c>
       <c r="F389" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390">
         <v>387</v>
       </c>
       <c r="B390" t="s">
         <v>709</v>
       </c>
       <c r="C390" t="s">
         <v>710</v>
       </c>
       <c r="D390" t="s">
-        <v>164</v>
+        <v>711</v>
       </c>
       <c r="E390" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="F390" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391">
         <v>388</v>
       </c>
       <c r="B391" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C391" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="D391" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="E391" t="s">
         <v>29</v>
       </c>
       <c r="F391" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392">
         <v>389</v>
       </c>
       <c r="B392" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C392" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D392" t="s">
-        <v>713</v>
+        <v>131</v>
       </c>
       <c r="E392" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F392" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393">
         <v>390</v>
       </c>
       <c r="B393" t="s">
         <v>714</v>
       </c>
       <c r="C393" t="s">
         <v>715</v>
       </c>
       <c r="D393" t="s">
         <v>716</v>
       </c>
       <c r="E393" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F393" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394">
         <v>391</v>
       </c>
       <c r="B394" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C394" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="D394" t="s">
-        <v>471</v>
+        <v>719</v>
       </c>
       <c r="E394" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="F394" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395">
         <v>392</v>
       </c>
       <c r="B395" t="s">
         <v>717</v>
       </c>
       <c r="C395" t="s">
         <v>718</v>
       </c>
       <c r="D395" t="s">
-        <v>719</v>
+        <v>471</v>
       </c>
       <c r="E395" t="s">
-        <v>566</v>
+        <v>55</v>
       </c>
       <c r="F395" t="s">
-        <v>720</v>
+        <v>20</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396">
         <v>393</v>
       </c>
       <c r="B396" t="s">
+        <v>720</v>
+      </c>
+      <c r="C396" t="s">
         <v>721</v>
       </c>
-      <c r="C396" t="s">
+      <c r="D396" t="s">
         <v>722</v>
       </c>
-      <c r="D396" t="s">
+      <c r="E396" t="s">
+        <v>566</v>
+      </c>
+      <c r="F396" t="s">
         <v>723</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397">
         <v>394</v>
       </c>
       <c r="B397" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="C397" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="D397" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="E397" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="F397" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398">
         <v>395</v>
       </c>
       <c r="B398" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="C398" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="D398" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="E398" t="s">
-        <v>156</v>
+        <v>55</v>
       </c>
       <c r="F398" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399">
         <v>396</v>
       </c>
       <c r="B399" t="s">
+        <v>724</v>
+      </c>
+      <c r="C399" t="s">
         <v>725</v>
       </c>
-      <c r="C399" t="s">
+      <c r="D399" t="s">
         <v>726</v>
       </c>
-      <c r="D399" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E399" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="F399" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400">
         <v>397</v>
       </c>
       <c r="B400" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="C400" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="D400" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="E400" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="F400" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401">
         <v>398</v>
       </c>
       <c r="B401" t="s">
+        <v>728</v>
+      </c>
+      <c r="C401" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
       <c r="D401" t="s">
         <v>731</v>
       </c>
       <c r="E401" t="s">
-        <v>156</v>
+        <v>64</v>
       </c>
       <c r="F401" t="s">
-        <v>732</v>
+        <v>65</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402">
         <v>399</v>
       </c>
       <c r="B402" t="s">
+        <v>732</v>
+      </c>
+      <c r="C402" t="s">
         <v>733</v>
       </c>
-      <c r="C402" t="s">
+      <c r="D402" t="s">
         <v>734</v>
       </c>
-      <c r="D402" t="s">
+      <c r="E402" t="s">
+        <v>156</v>
+      </c>
+      <c r="F402" t="s">
         <v>735</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403">
         <v>400</v>
       </c>
       <c r="B403" t="s">
         <v>736</v>
       </c>
       <c r="C403" t="s">
         <v>737</v>
       </c>
       <c r="D403" t="s">
         <v>738</v>
       </c>
       <c r="E403" t="s">
-        <v>739</v>
+        <v>35</v>
       </c>
       <c r="F403" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404">
         <v>401</v>
       </c>
       <c r="B404" t="s">
+        <v>739</v>
+      </c>
+      <c r="C404" t="s">
         <v>740</v>
       </c>
-      <c r="C404" t="s">
+      <c r="D404" t="s">
         <v>741</v>
       </c>
-      <c r="D404" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E404" t="s">
-        <v>64</v>
+        <v>742</v>
       </c>
       <c r="F404" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405">
         <v>402</v>
       </c>
       <c r="B405" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C405" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D405" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>147</v>
+      </c>
+      <c r="E405" t="s">
+        <v>64</v>
       </c>
       <c r="F405" t="s">
-        <v>397</v>
+        <v>20</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406">
         <v>403</v>
       </c>
       <c r="B406" t="s">
         <v>745</v>
       </c>
       <c r="C406" t="s">
         <v>746</v>
       </c>
       <c r="D406" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>747</v>
+      </c>
+      <c r="E406">
+        <v>50</v>
       </c>
       <c r="F406" t="s">
-        <v>20</v>
+        <v>397</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407">
         <v>404</v>
       </c>
       <c r="B407" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="C407" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D407" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="E407" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F407" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408">
         <v>405</v>
       </c>
       <c r="B408" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C408" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D408" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="E408" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="F408" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409">
         <v>406</v>
       </c>
       <c r="B409" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="C409" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="D409" t="s">
-        <v>25</v>
+        <v>118</v>
       </c>
       <c r="E409" t="s">
         <v>55</v>
       </c>
       <c r="F409" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410">
         <v>407</v>
       </c>
       <c r="B410" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="C410" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="D410" t="s">
         <v>25</v>
       </c>
       <c r="E410" t="s">
         <v>55</v>
       </c>
       <c r="F410" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411">
         <v>408</v>
       </c>
       <c r="B411" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="C411" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="D411" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="E411" t="s">
         <v>55</v>
       </c>
       <c r="F411" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412">
         <v>409</v>
       </c>
       <c r="B412" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C412" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="D412" t="s">
         <v>118</v>
       </c>
       <c r="E412" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F412" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413">
         <v>410</v>
       </c>
       <c r="B413" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="C413" t="s">
         <v>751</v>
       </c>
       <c r="D413" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="E413" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F413" t="s">
-        <v>20</v>
+        <v>260</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414">
         <v>411</v>
       </c>
       <c r="B414" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C414" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D414" t="s">
         <v>47</v>
       </c>
       <c r="E414" t="s">
         <v>19</v>
       </c>
       <c r="F414" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415">
         <v>412</v>
       </c>
       <c r="B415" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C415" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D415" t="s">
-        <v>118</v>
+        <v>47</v>
       </c>
       <c r="E415" t="s">
-        <v>392</v>
+        <v>19</v>
       </c>
       <c r="F415" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416">
         <v>413</v>
       </c>
       <c r="B416" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C416" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D416" t="s">
-        <v>758</v>
+        <v>118</v>
       </c>
       <c r="E416" t="s">
-        <v>24</v>
+        <v>392</v>
       </c>
       <c r="F416" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417">
         <v>414</v>
       </c>
       <c r="B417" t="s">
         <v>759</v>
       </c>
       <c r="C417" t="s">
         <v>760</v>
       </c>
       <c r="D417" t="s">
-        <v>140</v>
+        <v>761</v>
       </c>
       <c r="E417" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="F417" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418">
         <v>415</v>
       </c>
       <c r="B418" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="C418" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="D418" t="s">
-        <v>761</v>
+        <v>140</v>
       </c>
       <c r="E418" t="s">
         <v>64</v>
       </c>
       <c r="F418" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419">
         <v>416</v>
       </c>
       <c r="B419" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="C419" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="D419" t="s">
+        <v>764</v>
+      </c>
+      <c r="E419" t="s">
+        <v>64</v>
+      </c>
+      <c r="F419" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="A420">
+        <v>417</v>
+      </c>
+      <c r="B420" t="s">
         <v>762</v>
       </c>
-      <c r="E419" t="s">
+      <c r="C420" t="s">
+        <v>763</v>
+      </c>
+      <c r="D420" t="s">
+        <v>765</v>
+      </c>
+      <c r="E420" t="s">
         <v>96</v>
       </c>
-      <c r="F419" t="s">
+      <c r="F420" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>